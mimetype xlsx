--- v0 (2025-12-15)
+++ v1 (2026-02-15)
@@ -9,60 +9,60 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28129"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://farysov-my.sharepoint.com/personal/aurelie_zaman_farys_be/Documents/Simulatoren/2025/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\4 Klantenbeheer\Facturatie\Simulatoren\2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="14" documentId="8_{DEA921C0-DAA0-48CA-9F4F-F69FB07985AC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{AD4F05E8-6818-4AC8-B1E0-01E0FDB6448F}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5F1F4BDC-B626-4D7B-A624-83E2690E7D10}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Blad1" sheetId="1" r:id="rId1"/>
     <sheet name="Blad4" sheetId="4" state="hidden" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029" concurrentManualCount="8"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="G16" i="1" l="1"/>
@@ -945,51 +945,51 @@
       <c r="J18" s="16"/>
     </row>
     <row r="19" spans="1:10" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A19" s="9"/>
       <c r="B19" s="9"/>
       <c r="C19" s="10"/>
       <c r="D19" s="5"/>
       <c r="E19" s="7"/>
       <c r="F19" s="6"/>
       <c r="G19" s="26"/>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
     </row>
     <row r="20" spans="1:10" ht="18.75" x14ac:dyDescent="0.3">
       <c r="C20" s="10"/>
       <c r="D20" s="5"/>
       <c r="E20" s="7"/>
       <c r="F20" s="6"/>
       <c r="G20" s="26"/>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="KF//EKkmZD7mjUtpHmo22pKTN2Y4o9QV23J237bvfnrEuvxtbhQLZNlc2u74L1qGiLG70thhZ8QjuxMD/QTzRA==" saltValue="tYvQ4E9SgFHOsEzdgsqaSA==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="WVXVQ6PgIJJE+kZOMljQm6haZZ3YTmZen5jzPD7f6H6P4THW8eYsZfml1VlvFOwuLRTxdbBBtk+a8tUNsmMAIA==" saltValue="F7kIabSzgSS5tMgzm7L8CQ==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="47" orientation="portrait" r:id="rId1"/>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="5" max="1048575" man="1"/>
   </colBreaks>
   <drawing r:id="rId2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xWindow="468" yWindow="355" count="8">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000000000000}">
           <x14:formula1>
             <xm:f>Blad4!$A$2:$A$3</xm:f>
           </x14:formula1>
           <xm:sqref>D6:D7 C7</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000001000000}">
           <x14:formula1>
             <xm:f>Blad4!$A$5:$A$6</xm:f>
           </x14:formula1>
           <xm:sqref>C8:D9</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000002000000}">
           <x14:formula1>
             <xm:f>Blad4!$A$8:$A$9</xm:f>
           </x14:formula1>